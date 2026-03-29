--- v0 (2026-01-02)
+++ v1 (2026-03-29)
@@ -1,16053 +1,25131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...18 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+    <w:p w14:paraId="3E74257C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-          <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+          <w:tab w:val="center" w:pos="4680"/>
+          <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...113 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...74 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+    <w:p w14:paraId="631139E3" w14:textId="77777777" w:rsidR="0004568B" w:rsidRPr="001346C7" w:rsidRDefault="00000000" w:rsidP="001346C7">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...29 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:leftChars="0" w:left="-2" w:firstLineChars="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...53 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="baseline"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Klik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="baseline"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di Sini, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="baseline"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="baseline"/>
-[...70 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="none"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> Artikel yang Ditulis, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Gunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kapital Pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Awal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+    <w:p w14:paraId="26E6A06B" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B" w:rsidP="001346C7">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A4F25F" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1" w:hanging="3"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Click here, type the title of your paper, Capitalize first letter</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+    <w:p w14:paraId="6AF32DFB" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
       <w:pPr>
-        <w:spacing w:after="120" w:lineRule="auto"/>
-[...6 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...16 lines deleted...]
-          <w:sz w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="0E37DF9C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nama Penulis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
-[...20 lines deleted...]
-          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Nama Penulis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
-[...20 lines deleted...]
-          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, dan Nama Penulis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+    <w:p w14:paraId="108A2D08" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...8 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-          <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="superscript"/>
-          <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...29 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jurusan xxx, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t>Fakultas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...12 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...29 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t>yyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...10 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Jalan, Kota, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...12 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+        <w:t>kode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Jurusan xxx, Fakultas yyy, Jalan, Kota, kode pos.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> pos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+    <w:p w14:paraId="1FEE38B7" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...8 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...42 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="none"/>
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jurusan xxx, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Fakultas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>yyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Jalan, Kota, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>kode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11028FC9" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jurusan xxx, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Fakultas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>yyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Jalan, Kota, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>kode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A52DA8D" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47972678" w14:textId="77777777" w:rsidR="0004568B" w:rsidRPr="001346C7" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Corresponding Author: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001346C7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your@emailaddress.xxx  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAB9BDE" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="-108.0" w:type="dxa"/>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="9287" w:type="dxa"/>
+        <w:tblInd w:w="-108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2376"/>
         <w:gridCol w:w="6911"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="005D036C" w14:paraId="1BA9E030" w14:textId="77777777" w:rsidTr="005D036C">
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+          <w:p w14:paraId="5C342F65" w14:textId="77777777" w:rsidR="005D036C" w:rsidRPr="005D036C" w:rsidRDefault="005D036C" w:rsidP="005D036C">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+          <w:p w14:paraId="590B257C" w14:textId="77777777" w:rsidR="005D036C" w:rsidRPr="005D036C" w:rsidRDefault="005D036C" w:rsidP="005D036C">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0004568B" w14:paraId="2D4DB84F" w14:textId="77777777" w:rsidTr="005D036C">
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+          <w:p w14:paraId="77216D0C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Article Info: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+          <w:p w14:paraId="58616137" w14:textId="65361392" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Received: 26 - 03 - 2018 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Received: </w:t>
+            </w:r>
+            <w:r w:rsidR="001346C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D – M - YYYY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+          <w:p w14:paraId="2ADB5E90" w14:textId="687665BB" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Accepted: 27 - 04 – 2018</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accepted: </w:t>
+            </w:r>
+            <w:r w:rsidR="001346C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D – M - YYYY</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+          <w:p w14:paraId="3CC77D26" w14:textId="5521F0E4" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Published: 30 - 04 - 2018</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Published: </w:t>
+            </w:r>
+            <w:r w:rsidR="001346C7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D – M - YYYY</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+          <w:p w14:paraId="4C18F58B" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+          <w:p w14:paraId="7490AE0F" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+          <w:p w14:paraId="6D726A1C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+          <w:p w14:paraId="595DAD54" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+          <w:p w14:paraId="79CF64C6" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...36 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kunci</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maksimum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kunci</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, (Arial 10pt, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tegak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, dan left)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+          <w:p w14:paraId="245A0A66" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...62 lines deleted...]
-              </w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dalam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bahasa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Indonesia </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dengan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jumlah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tidak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lebih</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200 kata. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dengan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> format font Arial </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ukuran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pt. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>berisi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>latar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>belakang</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>singkat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dilakukannya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tujuan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>metodologi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lokasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kajian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>waktu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>metode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>digunakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hasil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kesimpulan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kunci</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>maksimal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 kata. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>angka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ribuan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>menggunakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pemisah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>koma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (,), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>seperti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1,210 km. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>angka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>desimal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>menggunakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pemisah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>titik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (.), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>seperti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pH 7.0. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Contoh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>afiliasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jurusan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fisika, Universitas Sriwijaya, Palembang, Sumatera Selatan, Indonesia. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanggal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>untuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>masuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>direvisi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>diterima</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dipublikasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>diisi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oleh </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>redaksi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tahap</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>telaah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>awal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>adalah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pengecekan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gaya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>selingkung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kesesuaian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dengan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ruang</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lingkup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurnal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ilmiah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lingkungan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kebumian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Lama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>waktu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>informasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hasil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>telaah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>cepat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>awal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>maksimal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>minggu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Proses </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>selanjutnya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>adalah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> review </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurnal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dilakukan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oleh </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mitra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bestari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Lama proses </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ini</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tergantung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dengan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>perbaikan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskahnya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (minor </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>atau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mayor). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dinyatakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tidak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>perbaikan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>akan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>disiapkan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>untuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dicetak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pada media </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>cetak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dan online. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biaya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>percetakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurnal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tidak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dibebankan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kepada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>akan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mendapatkan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurnal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>untuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biaya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pengiriman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditanggung</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Apabila</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ingin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>memesan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lebih</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurnal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>maka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>biaya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>percetakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>akan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dibebankan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kepada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sesuai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jumlah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurnal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dipesan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0004568B" w14:paraId="552F5A02" w14:textId="77777777" w:rsidTr="005D036C">
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="2376" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+          <w:p w14:paraId="19A46C98" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...37 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Keywords:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tujuan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>angka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ribuan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>angka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>desimal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="6911" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+          <w:p w14:paraId="53E6B80B" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...8 lines deleted...]
-                <w:strike w:val="0"/>
+              <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:u w:val="none"/>
-[...1 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Abstract: </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...142 lines deleted...]
-              </w:rPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dalam</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bahasa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Inggris</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dengan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jumlah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tidak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lebih</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200 kata. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dengan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> format font Times New Roman </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ukuran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pt. Isi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>abstrak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>meliputi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>latar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>belakang</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>singkat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dilakukannya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tujuan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>metodologi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lokasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kajian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>waktu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>metode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hasil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, dan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kesimpulan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kunci</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>maksimal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 kata. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalimat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mengikuti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pedoman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kamus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>besar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bahasa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Indonesia. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>angka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ribuan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>menggunakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pemisah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>titik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (.), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>seperti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1.210 km. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>angka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>desimal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>menggunakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pemisah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>koma</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (,), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>seperti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pH 7,0. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Judul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>naskah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tidak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lebih</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 kata. Kata yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dituliskan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kapital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pada </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>huruf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pertama</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>adalah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nama negara (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>misal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Indonesia) dan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>huruf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kapital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>untuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>semua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>yaitu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nama model, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>satelit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>metode</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>umum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>digunakan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oleh </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penelitian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>misal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: WRF, MODIS). Nama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pertama</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>disingkat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>diberikan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>titik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kemudian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kedua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ditulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanpa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>disingkat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Jika nama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>terdiri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kosa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>atau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>lebih</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hanya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>belakang</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yang </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>dituliskan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tanpa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>disingkat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sedangkan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>pertama</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hingga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>seterusnya</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>disingkat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Contoh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hefni</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Effendi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>menjadi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> H. Effendi, Arif Mandala Kurniawan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>menjadi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. M. Kurniawan. Cara </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>penulisan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>afiliasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>jurusan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> di universitas/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>institusi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, nama </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>institusi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kota</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>provinsi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, negara (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>contoh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Departemen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fisika, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Institut</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pertanian</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bogor, Bogor, Jawa Barat, Indonesia).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+    <w:p w14:paraId="411D938B" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...81 lines deleted...]
-          <w:titlePg w:val="1"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00463ACA" w:rsidSect="006F2880">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16840"/>
+          <w:pgMar w:top="1412" w:right="1140" w:bottom="1412" w:left="1412" w:header="720" w:footer="771" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+    <w:p w14:paraId="1720040A" w14:textId="0B4EFC24" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="00463ACA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="280" w:before="0" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PENDAHULUAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+    <w:p w14:paraId="4247C228" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Artikel ditulis dengan huruf Arial 10pt dan justify dalam format kertas A4 (210 mm x 297 mm) dengan batas margin atas, bawah dan kiri adalah 2.5 cm, dan margin kanan adalah 2 cm. Panjang naskah 8 sampai 15 halaman). </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Artikel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arial 10pt dan justify </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kertas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A4 (210 mm x 297 mm) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> batas margin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan kiri </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.5 cm, dan margin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kanan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 cm. Panjang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>naskah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sampai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+    <w:p w14:paraId="55F06028" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">(Naskah disusun dalam empat (4) bab (ditulis dengan huruf Arial 10pt, kapital, tebal, dan Left) dan diberi nomor dengan angka arab yaitu: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Naskah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disusun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>empat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arial 10pt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kapital</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tebal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan Left) dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diberi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>angka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>arab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yaitu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink w:anchor="_heading=h.gjdgxs">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
-            <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="none"/>
-[...1 lines deleted...]
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">1. Pendahuluan</w:t>
+          <w:t xml:space="preserve">1. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Pendahuluan</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_heading=h.30j0zll">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2. Bahan dan Metode</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_heading=h.30j0zll">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink w:anchor="_heading=h.1fob9te">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
-            <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="none"/>
-[...1 lines deleted...]
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">2. Bahan dan Metode</w:t>
+          <w:t xml:space="preserve">3. Hasil dan </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Pembahasan</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_heading=h.3znysh7">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>4. Kesimpulan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_heading=h.1fob9te">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink w:anchor="_heading=h.2et92p0">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
-            <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="none"/>
-[...1 lines deleted...]
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">3. Hasil dan Pembahasan</w:t>
+          <w:t>Ucapan</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Terima</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Kasih   </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_heading=h.tyjcwt">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="000000"/>
-            <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:u w:val="none"/>
-[...1 lines deleted...]
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">4. Kesimpulan</w:t>
+          <w:t>dan    Daftar   Pustaka</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-          <w:rtl w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="01A5C064" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subbab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>capitalize each word</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diberi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bertingkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>angka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arab, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebagai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.1, 1.2, 2.1, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pendahuluan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>latar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belakang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_heading=h.2et92p0">
-[...41 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tinjauan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>landasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>teori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tujuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+    <w:p w14:paraId="4ED27858" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="00103F21">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:ind w:hanging="2"/>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> dan diberi nomor bertingkat dengan angka Arab, sebagai contoh 1.1, 1.2, 2.1, dst. (Pendahuluan berisi: latar belakang, tinjauan pustaka/ landasan teori, dan tujuan penelitian)). </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metode </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>kutipan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>bibliografi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>sesuai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>American Psychological Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (APA), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>lebih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>disarankan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>perangkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>lunak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>manajemen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>seperti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mendeley, Endnote, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zotero. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>literatur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>urutan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abjad.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Kutipan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daftar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dibuat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>sebagai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>berikut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>jika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>terdiri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dua </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>penulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Asteria &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Heruman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2016) dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>berikut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>jika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>terdiri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>lebih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dua </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>penulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Nurman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dkk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2019). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Kutipan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>bertingkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>seperti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>ditunjukkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kata “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>dihindari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Apabila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>terdapat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>literatur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>lebih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>menyatakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>suatu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>pernyataan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>maka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>bersama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>hanya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dipisah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>tanda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>titik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>koma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (;) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>tanpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>tambahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>kurung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>: (Rahman, 2017; Suryani, 2016).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+    <w:p w14:paraId="21A69E9E" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...78 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tetapkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>singkatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>akronim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pertama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kali </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>teks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bahkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>didefinisikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>abstrak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+    <w:p w14:paraId="6130726D" w14:textId="77777777" w:rsidR="00103F21" w:rsidRDefault="00103F21" w:rsidP="00103F21">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+    <w:p w14:paraId="088C368F" w14:textId="782C93D6" w:rsidR="001C1901" w:rsidRPr="00103F21" w:rsidRDefault="001C1901" w:rsidP="00103F21">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.30j0zll" w:id="1"/>
+      <w:r w:rsidRPr="00103F21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00103F21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00103F21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan Gambar yang digunakan di dalam artikel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09919EF7" w14:textId="21657BCB" w:rsidR="001C1901" w:rsidRPr="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gambar dan Tabel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diposisikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kalimat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pertama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menyebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terkait</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nama dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tabel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Nama dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gambar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gambar. Label </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terbaca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kira-kira</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>poin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Selain </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>itu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Anda </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memberikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keterangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Grafik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>direkomendasikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format TIFF </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JPEG, 600 dpi (1 bit / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sampel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>grafik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> garis dan 220 dpi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>foto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>skala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>abu-abu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3). Gambar yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dipindai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memiliki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>resolusi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> minimum 1200 dpi.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.1t3h5sf" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+    <w:p w14:paraId="454C0049" w14:textId="275E1C22" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="00103F21">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
-[...11 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2109 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabel 1. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...32 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tabel</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table2"/>
-        <w:tblW w:w="4452.0" w:type="dxa"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="4452" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1917"/>
         <w:gridCol w:w="1542"/>
-        <w:tblGridChange w:id="0">
-[...5 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="517F70A7" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="a5a5a5" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+          <w:p w14:paraId="0FB3D6A6" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="a5a5a5" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+          <w:p w14:paraId="013E67E3" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:fill="a5a5a5" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+          <w:p w14:paraId="5224312D" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="17C8E15E" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+          <w:p w14:paraId="21118BCA" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+          <w:p w14:paraId="392C850C" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+          <w:p w14:paraId="7BF8EDD4" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">xxx</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="1969E81F" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+          <w:p w14:paraId="107A96A9" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+          <w:p w14:paraId="49F29E1F" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">xxx</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+          <w:p w14:paraId="7BA8E519" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">xxx</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="393BC67B" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+          <w:p w14:paraId="0EFAA071" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+          <w:p w14:paraId="3FE9C4DA" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">xxx</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+          <w:p w14:paraId="0631A2B6" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">xxx</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="635AFC37" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+          <w:p w14:paraId="453A3686" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="-77" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-77" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+          <w:p w14:paraId="654A8459" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1542" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+          <w:p w14:paraId="76C44A15" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="378A0066" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+          <w:p w14:paraId="348ABC19" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+          <w:p w14:paraId="495ED70F" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+          <w:p w14:paraId="566D3B55" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="7CB446B7" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+          <w:p w14:paraId="443E1EB3" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+          <w:p w14:paraId="1E2C841C" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+          <w:p w14:paraId="2CD4D9CD" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="42264B63" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="1"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="283"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+          <w:p w14:paraId="2B09D1FE" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1917" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+          <w:p w14:paraId="32C9CC53" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-              <w:ind w:left="0" w:right="90" w:firstLine="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="90" w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="1542" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+          <w:p w14:paraId="02B057D6" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...1 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1551 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+    <w:p w14:paraId="03962C87" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="00DD6A49">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...8 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="none"/>
-[...2 lines deleted...]
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
-        <w:tab/>
-[...9 lines deleted...]
-          <w:strike w:val="0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="none"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+    <w:p w14:paraId="3336DC0F" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="00DD6A49">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+    <w:p w14:paraId="5AA4FAF2" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.4d34og8" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabel dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>membentang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kedua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kolom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dapat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dihindarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diposisikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>relevan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lihat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>misalnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tabel 3). Gambar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>boleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditempatkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suatu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tempat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sekitar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tengah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dapat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengganggu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pembacaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kolom</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apabila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengganggu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tabel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gambar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dapat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditempatkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>akhir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063C0B68" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabel 2. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tabel</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3"/>
-[...2326 lines deleted...]
-        <w:tblW w:w="9072.000000000002" w:type="dxa"/>
+        <w:tblStyle w:val="a2"/>
+        <w:tblW w:w="9072" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="872"/>
         <w:gridCol w:w="984"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
-        <w:tblGridChange w:id="0">
-[...12 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="1CC5E20F" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-          <w:tblHeader w:val="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
+          <w:p w14:paraId="488E4110" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
+          <w:p w14:paraId="1462EA11" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
+          <w:p w14:paraId="31BA4D31" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
+          <w:p w14:paraId="5330216C" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
+          <w:p w14:paraId="787F1727" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
+          <w:p w14:paraId="3EA83B17" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
+          <w:p w14:paraId="56EFA803" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="984" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
+          <w:p w14:paraId="430D5FF2" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
+          <w:p w14:paraId="73268D1E" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="d9d9d9" w:val="clear"/>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
+          <w:p w14:paraId="2900BFAC" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Jarak 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="001C1901" w14:paraId="01A00DA2" w14:textId="77777777" w:rsidTr="002D4E23">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-          <w:tblHeader w:val="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
+          <w:p w14:paraId="6E7E123E" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">11.6 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11.6 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
+          <w:p w14:paraId="758EC896" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">7.45 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.45 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
+          <w:p w14:paraId="01B20A46" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">8.69 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8.69 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
+          <w:p w14:paraId="2640C293" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">9.11 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.11 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
+          <w:p w14:paraId="1D753C27" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">13.4 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>13.4 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
+          <w:p w14:paraId="359157DF" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">12.3 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>12.3 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="872" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
+          <w:p w14:paraId="23E4C63A" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">0.9 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.9 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
+          <w:p w14:paraId="1A956C19" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">175 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>175 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
+          <w:p w14:paraId="7160CA6E" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">9.45 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9.45 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:vAlign w:val="top"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
+          <w:p w14:paraId="2942C583" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="002D4E23">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-              <w:widowControl w:val="1"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
-                <w:tab w:val="left" w:leader="none" w:pos="340"/>
+                <w:tab w:val="left" w:pos="340"/>
               </w:tabs>
-              <w:spacing w:after="120" w:before="0" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">7.41 km</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7.41 km</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
+    <w:p w14:paraId="5989B85C" w14:textId="2AC0A399" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="00DD6A49">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...117 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distB="0" distT="0" distL="114300" distR="114300">
-[...1 lines deleted...]
-            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="5C181135" wp14:editId="210A382E">
+            <wp:extent cx="2195945" cy="1503218"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
             <wp:docPr id="1044" name="image4.png"/>
-            <a:graphic>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18"/>
-                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:blip r:embed="rId14"/>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3328670" cy="2556510"/>
+                      <a:ext cx="2198652" cy="1505071"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect"/>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
+    <w:p w14:paraId="13728A66" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Gambar 1. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...20 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gambar/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Grafik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
+    <w:p w14:paraId="2C3430E4" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="1260" w:right="0" w:hanging="1260"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...22 lines deleted...]
-          <w:strike w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="none"/>
-[...26 lines deleted...]
-          <w:i w:val="1"/>
+        </w:rPr>
+        <w:t>Sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>: XXXXXXX)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69445964" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3106 lines deleted...]
-          <w:i w:val="1"/>
+      <w:r w:rsidRPr="001C1901">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B82D342" wp14:editId="5F96DD15">
+            <wp:extent cx="2244436" cy="1270128"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="6350"/>
+            <wp:docPr id="124432184" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="124432184" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2274299" cy="1287027"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2644DD" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gambar 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gambar/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Grafik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
+    <w:p w14:paraId="1D2CD5F0" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901" w:rsidP="001C1901">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="1260" w:right="0" w:hanging="1260"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-          <w:i w:val="1"/>
+        <w:t>Sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>: XXXXXXX)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E69B688" w14:textId="77777777" w:rsidR="001C1901" w:rsidRDefault="001C1901">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
+    <w:p w14:paraId="101FDDF5" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="005D036C">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>METODE PENELITIAN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3192A937" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="00103F21">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bahan dan Metode harus menjelaskan </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>tentang  bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t>dan  peralatan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  penelitian    yang digunakan serta prosedur penelitian dan analisis data. Penulisan bagian metode </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00103F21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>disarankan dalam bentuk paragraf</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, namun penulis juga </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>diperbolehkan menggunakan penomoran sub-bab</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tertentu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62727912" w14:textId="77777777" w:rsidR="0004568B" w:rsidRPr="00103F21" w:rsidRDefault="00000000" w:rsidP="00103F21">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00103F21">
+        <w:t xml:space="preserve">2.1 Alat &amp; Bahan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9B9C6D" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Menyebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memperolehnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berikut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>serta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CCE939" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Media yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pengolahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> air </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>limbah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sarang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tawon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berbahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PVC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>luas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>permukaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total 20 m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481C1190" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="00103F21">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2.2 Metode </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DAA3B1" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Metode </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>peneitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sesuai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>cara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ilmiah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yaitu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rasional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>empiris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sistematis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Seyogyanya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>waktu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tempat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>studi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lapangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebaiknya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disertakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pula </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lokasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitiannya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C6AA19" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dilakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bulan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202x, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengambil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sampel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebanyak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sampel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diambil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>acak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75785107" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Persamaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> juga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dituliskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penomoroan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berurut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>seperti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berikut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C9727B" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adapun </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>persamaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>persamaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 dan 2 di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023992C2" w14:textId="5CC00382" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="005D036C">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <m:t>r=</m:t>
+        </m:r>
+        <m:rad>
+          <m:radPr>
+            <m:degHide m:val="1"/>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:radPr>
+          <m:deg/>
+          <m:e>
+            <m:sSup>
+              <m:sSupPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSupPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <m:t>X</m:t>
+                </m:r>
+              </m:e>
+              <m:sup>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <m:t>2</m:t>
+                </m:r>
+              </m:sup>
+            </m:sSup>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <m:t>+</m:t>
+            </m:r>
+            <m:sSup>
+              <m:sSupPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSupPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <m:t>Y</m:t>
+                </m:r>
+              </m:e>
+              <m:sup>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <m:t>2</m:t>
+                </m:r>
+              </m:sup>
+            </m:sSup>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <m:t>+</m:t>
+            </m:r>
+            <m:sSup>
+              <m:sSupPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSupPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <m:t>Z</m:t>
+                </m:r>
+              </m:e>
+              <m:sup>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="22"/>
+                    <w:szCs w:val="22"/>
+                  </w:rPr>
+                  <m:t>2</m:t>
+                </m:r>
+              </m:sup>
+            </m:sSup>
+          </m:e>
+        </m:rad>
+      </m:oMath>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
+    <w:p w14:paraId="75BFC72F" w14:textId="6EAD2463" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="005D036C">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+          <w:tab w:val="left" w:pos="6237"/>
+        </w:tabs>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <m:t>α=</m:t>
+        </m:r>
+        <m:sSup>
+          <m:sSupPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:sSupPr>
+          <m:e>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <m:t>tan</m:t>
+            </m:r>
+          </m:e>
+          <m:sup>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <m:t>-1</m:t>
+            </m:r>
+          </m:sup>
+        </m:sSup>
+        <m:d>
+          <m:dPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:dPr>
+          <m:e>
+            <m:f>
+              <m:fPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:fPr>
+              <m:num>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <m:t>Y</m:t>
+                </m:r>
+              </m:num>
+              <m:den>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math" w:cs="Arial"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="24"/>
+                  </w:rPr>
+                  <m:t>X</m:t>
+                </m:r>
+              </m:den>
+            </m:f>
+          </m:e>
+        </m:d>
+      </m:oMath>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005D036C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
+    <w:p w14:paraId="59494472" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="005D036C">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Keterangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
+    <w:p w14:paraId="6AD3A93F" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
+    <w:p w14:paraId="5510BBF0" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>α</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
+    <w:p w14:paraId="7E06CF4F" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...7 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: xxx</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
+    <w:p w14:paraId="664C03D5" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...8 lines deleted...]
-          <w:strike w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: xxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3BDF38" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.1fob9te" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>: xxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEF1CD8" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000" w:rsidP="005D036C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>HASIL DAN PEMBAHASAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
+    <w:p w14:paraId="0C325879" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:ind w:right="90" w:firstLine="360"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Hasil dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pembahasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebagai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>suatu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rangkaian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pembahasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>panjang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dibagi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>beberapa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sub </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hasilnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ringkas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pembahasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terutama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menjelaskan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengapa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bagaimana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hasil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>itu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terjadi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hanya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengekspresikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kembali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hasil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diperoleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bentuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kalimat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengulanginya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lagi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pembahasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> juga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>membandingkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hasil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diperoleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hasil-hasil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dipublikasikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebelumnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0278D0CF" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Tabel dan Gambar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disampaikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daftar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memudahkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proses review dan editing. Tabel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disusun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sistematis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>demikian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pula </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gambar.Tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terbuka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>seperti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditunjukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tabel 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terbuka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maksudnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> border di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pinggir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kanan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan kiri </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tabel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dibuat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 pt dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berjarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>satu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>spasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dibawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 pt dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditempatkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diatas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Penomoran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>angka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arab (1, 2, ...). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apabila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lajur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> label </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terlalu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>panjang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lajur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diberi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keterangannya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tabel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Gambar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diletakkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>setelah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>naskah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEF472C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498A691C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Foto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>udara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sesuai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gambar 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>merupakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kenampakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lokasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEF26F8" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.3znysh7" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Penomoran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>angka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arab. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Penulisan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keterangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menggunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>huruf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berukuran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 pt dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diletakkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bagian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Gambar yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>telah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dipublikasikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lainnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sumbernya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>keterangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>gambar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB6E318" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:vertAlign w:val="baseline"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">.</w:t>
+        </w:rPr>
+        <w:t>KESIMPULAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
+    <w:p w14:paraId="1532D1E2" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:ind w:right="90" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.2et92p0" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Kesimpulan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menjawab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>apakah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dilakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menjawab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tujuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disampaikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pendahuluan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Kesimpulan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berupa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kesimpulan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>khusus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kesimpulan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>umum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Secara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>umum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>perlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diperhatikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adanya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>konsistensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>antara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>masalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tujuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kesimpulan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Kesimpulan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bentuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>deskripsi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>poin-poin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AA8D7D" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ucapan Terima Kasih</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F02CBB3" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.tyjcwt" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ucapan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terima</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kasih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  di</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>akhir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>artikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memasukkannya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>halaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>judul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebagai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>catatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kaki. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Daftarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> orang-orang yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memberikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bantuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>selama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penelitian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mis., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Memberikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bantuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bahasa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bantuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>menulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bukti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>membaca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>artikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.). Harap </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebutkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> juga </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dukungan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pendanaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tersedia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Misalnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pekerjaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>didukung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh National Institutes of Health (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hibah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294D8352" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="280" w:after="280"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Daftar Pustaka (Format APA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB3ACD8" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bagian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hanya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memuat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dirujuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>demikian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dimasukkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bagian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>akan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ditemukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tertulis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bagian-bagian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sebelumnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bagian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diambil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> primer (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ilmiah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan paling </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sedikit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>semua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diterbitkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sepuluh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tahun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terakhir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>artikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memiliki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>setidaknya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sepuluh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>referensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FA9BF6" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sistematika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penulisannya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793DD666" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Menurut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abjad. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
+    <w:p w14:paraId="5457036F" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Judul Gambar/ Grafik</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tidak </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>perlu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dikelompokkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berdasarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>buku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>koran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ataupun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berdasarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tipe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>publikasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>lainnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
+    <w:p w14:paraId="292BA73F" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...36 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sistematika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penulisan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengikuti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penulisan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lingkungan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kebumian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yaitu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>APA Style Basics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Sixth Edition. Ketika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mengutip</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pendapat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>diwajibkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>mencatatnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daftar Pustaka. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berikut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>adalah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>beberapa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Daftar Pustaka yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dapat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Apabila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>berikut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>masih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>belum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>memenuhi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>kebutuhan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>penulisan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> daftar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pustaka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>selengkapnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dalam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website APA Style: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>http://www.apastyle.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
+    <w:p w14:paraId="0ABBE146" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BDF58C" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asteria, D., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Heruman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, H. (2016). Bank </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sampah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sebagai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Alternatif</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Strategi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pengelolaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sampah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berbasis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Masyarakat di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tasikmalaya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Manusia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dan Lingkungan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1), 136.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6681E1C3" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nurman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ermaya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, D., Hidayat, F., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sunartaty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. (2019). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pemanfaatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Limbah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pertanian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dan Peternakan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sebagai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pupuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kompos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>JPPM (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pengabdian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pemberdayaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Masyarakat)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1), 5. https://doi.org/10.30595/jppm.v3i1.2709</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBED0E1" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rahman, R. P. (2017). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pengaruh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Keberadaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bank </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sampah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>terhadap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Reduksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Produk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sampah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di Kota Surakarta. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Universitas Muhammadiyah Surakarta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 1–17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766015D0" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0004568B" w:rsidSect="00FB7C4E">
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:pgSz w:w="11907" w:h="16840"/>
+          <w:pgMar w:top="1412" w:right="1140" w:bottom="1412" w:left="1412" w:header="720" w:footer="771" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="272"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suryani, E. (2016). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Manajemen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pengelolaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bank </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sampah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Di Kota Bekasi. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jurnal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AKP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(1), 63–75.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DC8616" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...14 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_heading=h.3dy6vkm" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
-[...36 lines deleted...]
-    <w:sectPr>
+    <w:sectPr w:rsidR="0004568B" w:rsidSect="006F2880">
       <w:type w:val="continuous"/>
-      <w:pgSz w:h="16840" w:w="11907" w:orient="portrait"/>
-      <w:pgMar w:bottom="1412" w:top="1412" w:left="1412" w:right="1140" w:header="720" w:footer="720"/>
+      <w:pgSz w:w="11907" w:h="16840"/>
+      <w:pgMar w:top="1412" w:right="1140" w:bottom="1412" w:left="1412" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="02271B4A" w14:textId="77777777" w:rsidR="00A712EB" w:rsidRDefault="00A712EB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2CD48D53" w14:textId="77777777" w:rsidR="00A712EB" w:rsidRDefault="00A712EB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-[...3 lines deleted...]
-  <w:font w:name="Arial"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5513F69F" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRDefault="00463ACA">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...30 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:left="0" w:hanging="2"/>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...63 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46C16918" w14:textId="1EDACA75" w:rsidR="0004568B" w:rsidRPr="005D036C" w:rsidRDefault="00000000" w:rsidP="005D036C">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:color="000000" w:space="21" w:sz="4" w:val="single"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-[...1 lines deleted...]
-        <w:tab w:val="left" w:leader="none" w:pos="8820"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="16"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r w:rsidRPr="005D036C">
       <w:rPr>
-        <w:rtl w:val="0"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
+    <w:r w:rsidRPr="005D036C">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="005D036C">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00B2649E" w:rsidRPr="005D036C">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="005D036C">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="04E9A280" w14:textId="77777777" w:rsidR="0004568B" w:rsidRDefault="0004568B">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblInd w:w="-147" w:type="dxa"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="9356"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00463ACA" w:rsidRPr="005D036C" w14:paraId="6699EBE6" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="9356" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            <w:right w:val="nil"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p w14:paraId="1C1AC4F6" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="005D036C" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+          <w:pPr>
+            <w:ind w:left="0" w:hanging="2"/>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>How to Cite:</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="4A02C059" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="005D036C" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+              <w:tab w:val="left" w:pos="8820"/>
+            </w:tabs>
+            <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:right="-20" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Bawasir, A., </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Kusnadi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, S. R. B., Koman, W. A. F. (2025). </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Analisis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Model </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Regresi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Spasial</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Kasus</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Tuberkulosis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> (TB) di </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Provinsi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Sumatera Utara </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Menggunakan</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Ordinary Least Squares (OLS) dan Geographically Weighted Regression (GWR). </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Jurnal</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Ilmiah</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Geomatika</w:t>
+          </w:r>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>5</w:t>
+          </w:r>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">(2), 1-16. </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId1" w:history="1">
+            <w:r w:rsidRPr="005D036C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>https://doi.org/10.31315/imagi.v5i2.15604</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r w:rsidRPr="005D036C">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="0B8BCDC3" w14:textId="6D1D5C56" w:rsidR="00463ACA" w:rsidRPr="00463ACA" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...16 lines deleted...]
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+      <w:ind w:leftChars="0" w:right="283" w:firstLineChars="0" w:firstLine="0"/>
       <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00862F05">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-    </w:pPr>
-[...63 lines deleted...]
-      </w:rPr>
+      <w:t>Halaman X - XX</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="288087253"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="32D37BCA" w14:textId="262F8888" w:rsidR="005D036C" w:rsidRDefault="005D036C">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:ind w:left="0" w:hanging="2"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r w:rsidRPr="005D036C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="005D036C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="005D036C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="005D036C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005D036C">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:noProof/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="3B6F8F27" w14:textId="41D39173" w:rsidR="00463ACA" w:rsidRPr="00463ACA" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...30 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:left="0" w:hanging="2"/>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...63 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0741DAB6" w14:textId="77777777" w:rsidR="00A712EB" w:rsidRDefault="00A712EB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="605BDFD6" w14:textId="77777777" w:rsidR="00A712EB" w:rsidRDefault="00A712EB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0636BF4D" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRDefault="00463ACA">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="0" w:hanging="2"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9356" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3544"/>
+      <w:gridCol w:w="5812"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w14:paraId="2EDC3676" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3544" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="233F8388" w14:textId="77777777" w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w:rsidRDefault="008D7A0A" w:rsidP="008D7A0A">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Jurnal</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Ilmiah</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Geomatika</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5812" w:type="dxa"/>
+          <w:vMerge w:val="restart"/>
+        </w:tcPr>
+        <w:p w14:paraId="56A5B9F8" w14:textId="77777777" w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w:rsidRDefault="008D7A0A" w:rsidP="008D7A0A">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="0" w:hanging="2"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Penulis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>pertama</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>dkk</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">., </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Analisis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Model </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Regresi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Spasial</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Kasus</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Tuberkulosis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> (TB) di </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Provinsi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Sumatera Utara </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Menggunakan</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>OLS &amp; GWR</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w14:paraId="011BB995" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3544" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="51221EC3" w14:textId="6DC16EA2" w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w:rsidRDefault="008D7A0A" w:rsidP="008D7A0A">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Vol. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, No. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 20</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5812" w:type="dxa"/>
+          <w:vMerge/>
+        </w:tcPr>
+        <w:p w14:paraId="25030D23" w14:textId="77777777" w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w:rsidRDefault="008D7A0A" w:rsidP="008D7A0A">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w14:paraId="58150DFD" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3544" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="1FAB2FA5" w14:textId="77777777" w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w:rsidRDefault="008D7A0A" w:rsidP="008D7A0A">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Halaman: </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X-XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5812" w:type="dxa"/>
+          <w:vMerge/>
+        </w:tcPr>
+        <w:p w14:paraId="054F8E5C" w14:textId="77777777" w:rsidR="008D7A0A" w:rsidRPr="00C9264D" w:rsidRDefault="008D7A0A" w:rsidP="008D7A0A">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="573E815D" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="008D7A0A" w:rsidRDefault="00463ACA" w:rsidP="008D7A0A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="0" w:hanging="2"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A7A6210" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+    <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+  </w:p>
+  <w:p w14:paraId="5410CB7D" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Penulis pertama dkk / Jurnal Ilmiah Lingkungan Kebumian </w:t>
+    </w:pPr>
+    <w:r w:rsidRPr="00B2649E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5549304C" wp14:editId="73CEB371">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>767080</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-64770</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2360930" cy="1404620"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="237992327" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2360930" cy="1404620"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:noFill/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="763D581D" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="00B2649E" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+                          <w:pPr>
+                            <w:ind w:left="1" w:hanging="3"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00B2649E">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>Jurnal</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r w:rsidRPr="00B2649E">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00B2649E">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>Ilmiah</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                        </w:p>
+                        <w:p w14:paraId="2A6A48DF" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="00B2649E" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+                          <w:pPr>
+                            <w:ind w:left="1" w:hanging="3"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00B2649E">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                            </w:rPr>
+                            <w:t>Geomatika</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>40000</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>20000</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5549304C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:60.4pt;margin-top:-5.1pt;width:185.9pt;height:110.6pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhHxBj+wEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Id240Fy0Ga1EWB&#10;9AGk/QCaoiyiJJfl0pbSr++SchyjvRXVgSC13Nmd2eH6ZrCGHVVADa7m00nJmXISGu32Nf/+bfvm&#10;mjOMwjXCgFM1f1LIbzavX617X6kZdGAaFRiBOKx6X/MuRl8VBcpOWYET8MpRsIVgRaRj2BdNED2h&#10;W1PMynJZ9BAaH0AqRPp7Pwb5JuO3rZLxS9uiiszUnHqLeQ153aW12KxFtQ/Cd1qe2hD/0IUV2lHR&#10;M9S9iIIdgv4LymoZAKGNEwm2gLbVUmUOxGZa/sHmsRNeZS4kDvqzTPj/YOXn46P/Glgc3sFAA8wk&#10;0D+A/IHMwV0n3F7dhgB9p0RDhadJsqL3WJ1Sk9RYYQLZ9Z+goSGLQ4QMNLTBJlWIJyN0GsDTWXQ1&#10;RCbp5+xqWa6uKCQpNp2X8+Usj6UQ1XO6Dxg/KLAsbWoeaKoZXhwfMKZ2RPV8JVVzsNXG5Mkax/qa&#10;rxazRU64iFgdyXhG25pfl+kbrZBYvndNTo5Cm3FPBYw70U5MR85x2A10MdHfQfNEAgQYDUYPgjYd&#10;hF+c9WSumuPPgwiKM/PRkYir6Xye3JgP88VbYszCZWR3GRFOElTNI2fj9i5mByeu6G9J7K3OMrx0&#10;cuqVTJPVORk8ufLynG+9PMPNbwAAAP//AwBQSwMEFAAGAAgAAAAhAAhPbc7fAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNxaO1ZaIMSpED8SR9qCxNGNN3GEvY5itw1vjznB&#10;cTSjmW/qzewdO+EUh0AKiqUAhtQGM1Cv4H3/srgFFpMmo10gVPCNETbN5UWtKxPOtMXTLvUsl1Cs&#10;tAKb0lhxHluLXsdlGJGy14XJ65Tl1HMz6XMu945LIdbc64HygtUjPlpsv3ZHr+CDPt1rVxqLN6u3&#10;cjs+P3WrtFfq+mp+uAeWcE5/YfjFz+jQZKZDOJKJzGUtRUZPChaFkMByoryTa2AHBbIoBPCm5v8/&#10;ND8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4R8QY/sBAADOAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACE9tzt8AAAALAQAADwAAAAAAAAAA&#10;AAAAAABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t">
+                <w:txbxContent>
+                  <w:p w14:paraId="763D581D" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="00B2649E" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+                    <w:pPr>
+                      <w:ind w:left="1" w:hanging="3"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00B2649E">
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>Jurnal</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidRPr="00B2649E">
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00B2649E">
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>Ilmiah</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                  </w:p>
+                  <w:p w14:paraId="2A6A48DF" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="00B2649E" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+                    <w:pPr>
+                      <w:ind w:left="1" w:hanging="3"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00B2649E">
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                      </w:rPr>
+                      <w:t>Geomatika</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5BC6DC1A" wp14:editId="76F6BA91">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-83820</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-195580</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="786765" cy="805180"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1031088958" name="image2.png"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="45103" t="20471" r="43783" b="59294"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="786765" cy="805180"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:i/>
+      </w:rPr>
+      <w:t>Volume 6 No 1, 2026</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="235B65C9" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="0050612E" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:u w:val="none"/>
-[...2 lines deleted...]
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Vol. xx, No x</w:t>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>I</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r w:rsidRPr="0050612E">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>SSN 2962-651X (online)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="045C8EAA" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:i/>
         <w:color w:val="000000"/>
-        <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rtl w:val="0"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (2021) 400-484</w:t>
+    </w:pPr>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="006339C0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>https://jurnal.upnyk.ac.id/index.php/imagi</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="6DD9BD89" w14:textId="77777777" w:rsidR="00463ACA" w:rsidRPr="0036204C" w:rsidRDefault="00463ACA" w:rsidP="00463ACA">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:hanging="2"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="726046CE" wp14:editId="72895008">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-38100</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>97790</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5981700" cy="5080"/>
+              <wp:effectExtent l="57150" t="19050" r="57150" b="109220"/>
+              <wp:wrapNone/>
+              <wp:docPr id="863399016" name="Straight Connector 6"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5981700" cy="5080"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:ln w="12700"/>
+                      <a:effectLst>
+                        <a:outerShdw blurRad="50800" dist="38100" dir="5400000" algn="t" rotWithShape="0">
+                          <a:prstClr val="black">
+                            <a:alpha val="40000"/>
+                          </a:prstClr>
+                        </a:outerShdw>
+                      </a:effectLst>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="2">
+                        <a:schemeClr val="dk1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="dk1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="1">
+                        <a:schemeClr val="dk1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="tx1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line w14:anchorId="6FF0DA8D" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-3pt,7.7pt" to="468pt,8.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHtMLd/QEAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfaZJCoRs13cOu4IJg&#10;tQvi7PqjsdaxLdtt0n/PeJKmFbAcEDk4/ph5783zJJvboTPkKEPUzja0WpSUSMud0Hbf0O/fPr5Z&#10;UxITs4IZZ2VDTzLS2+3rV5ve13LpWmeEDARAbKx739A2JV8XReSt7FhcOC8tHCoXOpZgGfaFCKwH&#10;9M4Uy7J8X/QuCB8clzHC7v14SLeIr5Tk6atSUSZiGgraEo4Bx10ei+2G1fvAfKv5JIP9g4qOaQuk&#10;M9Q9S4wcgv4NqtM8uOhUWnDXFU4pzSXWANVU5S/VPLXMS6wFzIl+tin+P1j+5XhnHwLY0PtYR/8Q&#10;chWDCl1+gz4yoFmn2Sw5JMJhc3Wzrj6U4CmHs1W5Ri+LS64PMX2SriN50lCjbS6F1ez4OSbgg9Bz&#10;SN42lvTQQMsMiZci8fYgFoUckgxPrejJzhzCIxMjJbALndHfrqssRWi42tW7Mj+UMLOHnkyUBJd+&#10;6NSinbmOjJi570wgRwadsTOMP4/qjG/ZuIkwWcukFKJx7s5acHUls7hYiLN0MnIs7VEqogWYtkQS&#10;7G45s4vnaqIxFiJzitLGzEmj4BeTpticNoqZE6u/s83RyOhsmhM7bV34U3IazlLVGA8eXNWapzsn&#10;TthQeABtizZNn1j+Lq7XmH75EWx/AgAA//8DAFBLAwQUAAYACAAAACEAs4FbYd0AAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXKrWJkBoQ5wKIYGQOFGQenWSbRLVXgfbbcPf&#10;sz3Bcd+MZmfK9eSsOGKIgycNNwsFAqnx7UCdhq/Pl/kSREyGWmM9oYYfjLCuLi9KU7T+RB943KRO&#10;cAjFwmjoUxoLKWPTozNx4Uck1nY+OJP4DJ1sgzlxuLMyUyqXzgzEH3oz4nOPzX5zcBrq/Rbde9O9&#10;7sIs+36rZ8puH5TW11fT0yOIhFP6M8O5PleHijvV/kBtFFbDPOcpifn9HQjWV7dnUDPIM5BVKf8P&#10;qH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx7TC3f0BAABQBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAs4FbYd0AAAAIAQAADwAAAAAAAAAA&#10;AAAAAABXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" strokecolor="black [3200]" strokeweight="1pt">
+              <v:shadow on="t" color="black" opacity="26214f" origin=",-.5" offset="0,3pt"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="TableGrid"/>
+      <w:tblW w:w="9356" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3544"/>
+      <w:gridCol w:w="5812"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="005D036C" w:rsidRPr="00C9264D" w14:paraId="408E92B7" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3544" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="11163EC1" w14:textId="77777777" w:rsidR="005D036C" w:rsidRPr="00C9264D" w:rsidRDefault="005D036C" w:rsidP="005D036C">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:bookmarkStart w:id="7" w:name="_Hlk212187942"/>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Jurnal</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Ilmiah</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Geomatika</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5812" w:type="dxa"/>
+          <w:vMerge w:val="restart"/>
+        </w:tcPr>
+        <w:p w14:paraId="1D722F55" w14:textId="00B06F3A" w:rsidR="005D036C" w:rsidRPr="00C9264D" w:rsidRDefault="005D036C" w:rsidP="005D036C">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+            <w:ind w:left="0" w:hanging="2"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Penulis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>pertama</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>dkk</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">., </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Analisis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Model </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Regresi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Spasial</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Kasus</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Tuberkulosis</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> (TB) di </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Provinsi</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Sumatera Utara </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>Menggunakan</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>OLS &amp; GWR</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005D036C" w:rsidRPr="00C9264D" w14:paraId="1BB21DF2" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3544" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="389F5138" w14:textId="0A01D393" w:rsidR="005D036C" w:rsidRPr="00C9264D" w:rsidRDefault="005D036C" w:rsidP="005D036C">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Vol. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">, No. </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> 20</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5812" w:type="dxa"/>
+          <w:vMerge/>
+        </w:tcPr>
+        <w:p w14:paraId="52FBA9E8" w14:textId="77777777" w:rsidR="005D036C" w:rsidRPr="00C9264D" w:rsidRDefault="005D036C" w:rsidP="005D036C">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="005D036C" w:rsidRPr="00C9264D" w14:paraId="165CABCD" w14:textId="77777777" w:rsidTr="002D4E23">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3544" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="1B339FA3" w14:textId="796B08C8" w:rsidR="005D036C" w:rsidRPr="00C9264D" w:rsidRDefault="005D036C" w:rsidP="005D036C">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00C9264D">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Halaman: </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>X-XX</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5812" w:type="dxa"/>
+          <w:vMerge/>
+        </w:tcPr>
+        <w:p w14:paraId="267FF813" w14:textId="77777777" w:rsidR="005D036C" w:rsidRPr="00C9264D" w:rsidRDefault="005D036C" w:rsidP="005D036C">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4680"/>
+              <w:tab w:val="right" w:pos="9360"/>
+            </w:tabs>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:ind w:leftChars="0" w:left="0" w:firstLineChars="0" w:firstLine="0"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:bookmarkEnd w:id="7"/>
+  </w:tbl>
+  <w:p w14:paraId="5CEC710B" w14:textId="55417FD5" w:rsidR="00463ACA" w:rsidRPr="0036204C" w:rsidRDefault="00463ACA" w:rsidP="005D036C">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...2 lines deleted...]
-      <w:widowControl w:val="1"/>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
-      <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="right"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:leftChars="0" w:firstLineChars="0" w:firstLine="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...230 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="452967C5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="81D8D200"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -16113,51 +25191,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D327545"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3EB063FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -16223,1483 +25304,1442 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1626159712">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="710155970">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="0004568B"/>
+    <w:rsid w:val="0004568B"/>
+    <w:rsid w:val="00103F21"/>
+    <w:rsid w:val="001346C7"/>
+    <w:rsid w:val="001C1901"/>
+    <w:rsid w:val="00344C84"/>
+    <w:rsid w:val="00463ACA"/>
+    <w:rsid w:val="005D036C"/>
+    <w:rsid w:val="006F2880"/>
+    <w:rsid w:val="00716DDC"/>
+    <w:rsid w:val="0081552D"/>
+    <w:rsid w:val="00862F05"/>
+    <w:rsid w:val="008D7A0A"/>
+    <w:rsid w:val="00997D46"/>
+    <w:rsid w:val="00A712EB"/>
+    <w:rsid w:val="00B2649E"/>
+    <w:rsid w:val="00DD6A49"/>
+    <w:rsid w:val="00FA43A0"/>
+    <w:rsid w:val="00FB7C4E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="09FF3682"/>
+  <w15:docId w15:val="{42B9A519-611A-403C-89A5-198033B3D871}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-ID" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...1 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...3 lines deleted...]
-    <w:name w:val="Table Normal"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00103F21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:leftChars="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:jc w:val="both"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:position w:val="-1"/>
+      <w:sz w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:pPr/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:left="-1"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
-      <w:vertAlign w:val="baseline"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00103F21"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:hanging="2"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...4 lines deleted...]
-      <w:vertAlign w:val="baseline"/>
+      <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:sz w:val="20"/>
+      <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal">
-[...4 lines deleted...]
-    <w:qFormat w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:position w:val="-1"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
+    <w:name w:val="short_text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:left="720"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM14">
+    <w:name w:val="CM14"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:pPr>
+      <w:spacing w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:position w:val="-1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:u w:val="single"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="LightShading1">
+    <w:name w:val="Light Shading1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:position w:val="-1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="E36C0A"/>
+      <w:position w:val="-1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="100"/>
+      <w:kern w:val="36"/>
+      <w:position w:val="-1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="LightShading-Accent11">
+    <w:name w:val="Light Shading - Accent 11"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="365F91"/>
+      <w:position w:val="-1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:position w:val="-1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:left="-1"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:left="-1"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
+      <w:textDirection w:val="btLr"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:position w:val="-1"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:left="-1"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-    <w:name w:val="Heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Heading1"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
-[...78 lines deleted...]
-      <w:suppressAutoHyphens w:val="1"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
-[...53 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:ind w:left="-1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:position w:val="-1"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-[...20 lines deleted...]
-      <w:em w:val="none"/>
       <w:lang/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...13 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CM14">
-[...5 lines deleted...]
-    <w:qFormat w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="JUDUL">
+    <w:name w:val="JUDUL"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
-[...6 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:spacing w:after="240" w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:left="-1"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...5 lines deleted...]
-    <w:qFormat w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NamaPenulis">
+    <w:name w:val="Nama Penulis"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:ind w:left="-1"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma"/>
+      <w:b/>
+      <w:szCs w:val="20"/>
+      <w:lang/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="JUDULChar">
+    <w:name w:val="JUDUL Char"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:b/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
-      <w:effect w:val="none"/>
-[...28 lines deleted...]
-      <w:u w:val="single"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading1">
-[...13 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NamaPenulisChar">
+    <w:name w:val="Nama Penulis Char"/>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...217 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:b/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...5 lines deleted...]
-    <w:qFormat w:val="1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="judulabstraking">
+    <w:name w:val="judul_abstrak_ing"/>
+    <w:basedOn w:val="ListParagraph"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
-[...4 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="200"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...28 lines deleted...]
-      <w:em w:val="none"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:b/>
+      <w:i/>
+      <w:noProof/>
       <w:lang/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...13 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="judulabstrakingChar">
+    <w:name w:val="judul_abstrak_ing Char"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma"/>
-      <w:w w:val="100"/>
-[...95 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:noProof/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-    <w:name w:val="Footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="email">
+    <w:name w:val="email"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Footer"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="1"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
+      <w:ind w:left="-1"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="MS Mincho" w:hAnsi="Tahoma"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="emailChar">
+    <w:name w:val="email Char"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="MS Mincho" w:hAnsi="Tahoma"/>
+      <w:w w:val="100"/>
+      <w:position w:val="-1"/>
+      <w:effect w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:cs w:val="0"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1" w:hanging="1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:w w:val="100"/>
       <w:position w:val="-1"/>
-      <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:lang w:bidi="ar-SA" w:eastAsia="und" w:val="und"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar">
-[...4 lines deleted...]
-    <w:qFormat w:val="0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-      <w:b w:val="1"/>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang w:bidi="ar-SA" w:eastAsia="und" w:val="und"/>
-[...217 lines deleted...]
-      <w:lang w:eastAsia="en-US" w:val="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyTextIndent3"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="1"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
-[...3 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-      <w:w w:val="100"/>
-      <w:position w:val="-1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:effect w:val="none"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BodyTextIndent3Char">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
     <w:name w:val="Body Text Indent 3 Char"/>
-    <w:next w:val="BodyTextIndent3Char"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang w:eastAsia="en-US" w:val="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
-    <w:name w:val="Caption"/>
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine w:val="0"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:ind w:left="-1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:szCs w:val="20"/>
-      <w:effect w:val="none"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
-    <w:name w:val="Line Number"/>
-[...3 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:name w:val="line number"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:next w:val="UnresolvedMention"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="1"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
-      <w:shd w:color="auto" w:fill="e6e6e6" w:val="clear"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="HTMLPreformatted"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="0"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:leader="none" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:leader="none" w:pos="14656"/>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
-      <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:ind w:left="-1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New"/>
-[...2 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:szCs w:val="20"/>
-      <w:effect w:val="none"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HTMLPreformattedChar">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
     <w:name w:val="HTML Preformatted Char"/>
-    <w:next w:val="HTMLPreformattedChar"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
-      <w:lang w:eastAsia="en-US" w:val="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...2 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table4">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005D036C"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.apastyle.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.apastyle.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.31315/imagi.v5i2.15604" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jurnal.upnyk.ac.id/index.php/imagi" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17978,124 +27018,163 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miCK3Gi0D1r24tSUTr0kITrAMzvqQ==">CgMxLjAyCGguZ2pkZ3hzMgloLjMwajB6bGwyCWguMWZvYjl0ZTIJaC4zem55c2g3MgloLjJldDkycDAyCGgudHlqY3d0MgloLjNkeTZ2a20yCWguMXQzaDVzZjIJaC40ZDM0b2c4OAByITF4bmozOU9LRDJSek0zVzJnM1labjVZSnZtQURHZVF3ZQ==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>5</Pages>
+  <Words>1800</Words>
+  <Characters>10263</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>12039</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>samsung</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>samsung</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Mendeley Document_1">
-    <vt:lpstr>True</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Mendeley Document_1">
+    <vt:lpwstr>True</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Mendeley Unique User Id_1">
-    <vt:lpstr>4d332104-ce64-3ed6-b30c-20c4f7417294</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Mendeley Unique User Id_1">
+    <vt:lpwstr>4d332104-ce64-3ed6-b30c-20c4f7417294</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Mendeley Citation Style_1">
-    <vt:lpstr>http://www.zotero.org/styles/apa</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Mendeley Citation Style_1">
+    <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Mendeley Recent Style Id 0_1">
-    <vt:lpstr>http://www.zotero.org/styles/american-political-science-association</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Mendeley Recent Style Id 0_1">
+    <vt:lpwstr>http://www.zotero.org/styles/american-political-science-association</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Mendeley Recent Style Name 0_1">
-    <vt:lpstr>American Political Science Association</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Mendeley Recent Style Name 0_1">
+    <vt:lpwstr>American Political Science Association</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Mendeley Recent Style Id 1_1">
-    <vt:lpstr>http://www.zotero.org/styles/apa</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Mendeley Recent Style Id 1_1">
+    <vt:lpwstr>http://www.zotero.org/styles/apa</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Mendeley Recent Style Name 1_1">
-    <vt:lpstr>American Psychological Association 6th edition</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Mendeley Recent Style Name 1_1">
+    <vt:lpwstr>American Psychological Association 6th edition</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Mendeley Recent Style Id 2_1">
-    <vt:lpstr>http://www.zotero.org/styles/american-sociological-association</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Mendeley Recent Style Id 2_1">
+    <vt:lpwstr>http://www.zotero.org/styles/american-sociological-association</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Mendeley Recent Style Name 2_1">
-    <vt:lpstr>American Sociological Association</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Mendeley Recent Style Name 2_1">
+    <vt:lpwstr>American Sociological Association</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Mendeley Recent Style Id 3_1">
-    <vt:lpstr>http://www.zotero.org/styles/chicago-author-date</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Mendeley Recent Style Id 3_1">
+    <vt:lpwstr>http://www.zotero.org/styles/chicago-author-date</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Mendeley Recent Style Name 3_1">
-    <vt:lpstr>Chicago Manual of Style 17th edition (author-date)</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Mendeley Recent Style Name 3_1">
+    <vt:lpwstr>Chicago Manual of Style 17th edition (author-date)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Mendeley Recent Style Id 4_1">
-    <vt:lpstr>http://www.zotero.org/styles/harvard-cite-them-right</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Mendeley Recent Style Id 4_1">
+    <vt:lpwstr>http://www.zotero.org/styles/harvard-cite-them-right</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Mendeley Recent Style Name 4_1">
-    <vt:lpstr>Cite Them Right 10th edition - Harvard</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Mendeley Recent Style Name 4_1">
+    <vt:lpwstr>Cite Them Right 10th edition - Harvard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Mendeley Recent Style Id 5_1">
-    <vt:lpstr>http://www.zotero.org/styles/ieee</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Mendeley Recent Style Id 5_1">
+    <vt:lpwstr>http://www.zotero.org/styles/ieee</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Mendeley Recent Style Name 5_1">
-    <vt:lpstr>IEEE</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Mendeley Recent Style Name 5_1">
+    <vt:lpwstr>IEEE</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Mendeley Recent Style Id 6_1">
-    <vt:lpstr>http://www.zotero.org/styles/modern-humanities-research-association</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Mendeley Recent Style Id 6_1">
+    <vt:lpwstr>http://www.zotero.org/styles/modern-humanities-research-association</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Mendeley Recent Style Name 6_1">
-    <vt:lpstr>Modern Humanities Research Association 3rd edition (note with bibliography)</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Mendeley Recent Style Name 6_1">
+    <vt:lpwstr>Modern Humanities Research Association 3rd edition (note with bibliography)</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Mendeley Recent Style Id 7_1">
-    <vt:lpstr>http://www.zotero.org/styles/national-library-of-medicine</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Mendeley Recent Style Id 7_1">
+    <vt:lpwstr>http://www.zotero.org/styles/national-library-of-medicine</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Mendeley Recent Style Name 7_1">
-    <vt:lpstr>National Library of Medicine</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Mendeley Recent Style Name 7_1">
+    <vt:lpwstr>National Library of Medicine</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Mendeley Recent Style Id 8_1">
-    <vt:lpstr>http://www.zotero.org/styles/nature</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Mendeley Recent Style Id 8_1">
+    <vt:lpwstr>http://www.zotero.org/styles/nature</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Mendeley Recent Style Name 8_1">
-    <vt:lpstr>Nature</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Mendeley Recent Style Name 8_1">
+    <vt:lpwstr>Nature</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Mendeley Recent Style Id 9_1">
-    <vt:lpstr>http://www.zotero.org/styles/vancouver</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Mendeley Recent Style Id 9_1">
+    <vt:lpwstr>http://www.zotero.org/styles/vancouver</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Mendeley Recent Style Name 9_1">
-    <vt:lpstr>Vancouver</vt:lpstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Mendeley Recent Style Name 9_1">
+    <vt:lpwstr>Vancouver</vt:lpwstr>
   </property>
 </Properties>
 </file>